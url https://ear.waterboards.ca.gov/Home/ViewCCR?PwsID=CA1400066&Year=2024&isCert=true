--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -1,15246 +1,4025 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="62AF7BC4" w14:textId="70DFCD9D" w:rsidR="00BC6327" w:rsidRPr="001F7181" w:rsidRDefault="00090B9F" w:rsidP="00090B9F">
+    <w:p w14:paraId="5F71E618" w14:textId="38B42492" w:rsidR="00B557C8" w:rsidRPr="00B557C8" w:rsidRDefault="00B557C8" w:rsidP="008F53EA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc58336712"/>
-[...18 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>APPENDIX B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>eCCR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:t xml:space="preserve"> Certification Form (Suggested Format)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A02EFB4" w14:textId="6B823636" w:rsidR="004263A6" w:rsidRPr="00442DF1" w:rsidRDefault="004263A6" w:rsidP="00442DF1">
+    <w:p w14:paraId="022960CA" w14:textId="77777777" w:rsidR="00B557C8" w:rsidRDefault="00B557C8">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...650 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="227A82DD" w14:textId="77777777" w:rsidR="006606BB" w:rsidRPr="00442DF1" w:rsidRDefault="006606BB" w:rsidP="0092687A">
+    <w:p w14:paraId="3A30A6E0" w14:textId="39D36497" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00FC109D">
       <w:pPr>
-        <w:spacing w:after="180"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Style1"/>
       </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>Consumer Confidence Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC109D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>Certification Form</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="38F1FFCA" w14:textId="0D9CBA62" w:rsidR="00D32406" w:rsidRPr="00442DF1" w:rsidRDefault="00D32406" w:rsidP="00701C81">
+    <w:p w14:paraId="777E9F83" w14:textId="77777777" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="004572E4">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...3 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc58336715"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0683" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o be submitted with a copy of the CCR)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2695"/>
-        <w:gridCol w:w="8095"/>
+        <w:gridCol w:w="2785"/>
+        <w:gridCol w:w="6565"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00450A4E" w:rsidRPr="00442DF1" w14:paraId="0C093E19" w14:textId="77777777" w:rsidTr="00442DF1">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005879C4" w:rsidRPr="000A759E" w14:paraId="7D723BFE" w14:textId="77777777" w:rsidTr="004A010D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2695" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACB8DFB" w14:textId="0F774D35" w:rsidR="00450A4E" w:rsidRPr="00442DF1" w:rsidRDefault="00450A4E" w:rsidP="00450A4E">
+          <w:p w14:paraId="4FBA5103" w14:textId="77777777" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="005D5750">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r w:rsidRPr="000A759E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Term</w:t>
+              <w:t>Water System Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8095" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E12A322" w14:textId="643186E6" w:rsidR="00450A4E" w:rsidRPr="00442DF1" w:rsidRDefault="00450A4E" w:rsidP="00450A4E">
+          <w:p w14:paraId="39C2B3A3" w14:textId="3856AF7A" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="007B64FC" w:rsidP="005D5750">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Definition</w:t>
+              <w:t>Aspendell Mutual Water Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00450A4E" w:rsidRPr="00442DF1" w14:paraId="29D134EB" w14:textId="77777777" w:rsidTr="00701C81">
+      <w:tr w:rsidR="005879C4" w:rsidRPr="000A759E" w14:paraId="28C8D9A1" w14:textId="77777777" w:rsidTr="004A010D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2695" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42816E15" w14:textId="2BD3ECE2" w:rsidR="00450A4E" w:rsidRPr="00442DF1" w:rsidRDefault="00450A4E" w:rsidP="00C31F01">
+          <w:p w14:paraId="51A95417" w14:textId="77777777" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="005D5750">
             <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r w:rsidRPr="000A759E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Level 1 Assessment</w:t>
+              <w:t>Water System Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8095" w:type="dxa"/>
+            <w:tcW w:w="6565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A690427" w14:textId="09D1C052" w:rsidR="00450A4E" w:rsidRPr="00442DF1" w:rsidRDefault="00450A4E" w:rsidP="00C31F01">
+          <w:p w14:paraId="680BD3CA" w14:textId="6B53F0E5" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="007B64FC" w:rsidP="005D5750">
             <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>A Level 1 assessment is a study of the water system to identify potential problems and determine (if possible) why total coliform bacteria have been found in our water system.</w:t>
-[...958 lines deleted...]
-              <w:t>picocuries per liter (a measure of radiation)</w:t>
+              <w:t>1400066</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31C1E29F" w14:textId="43CE0F9F" w:rsidR="00CF02C7" w:rsidRPr="00442DF1" w:rsidRDefault="00E870EB" w:rsidP="00D61A0E">
-[...8312 lines deleted...]
-    <w:p w14:paraId="45783CA6" w14:textId="77777777" w:rsidR="0020216E" w:rsidRPr="00442DF1" w:rsidRDefault="0020216E" w:rsidP="00A32EB0">
+    <w:p w14:paraId="3C51C8E2" w14:textId="436BEFFB" w:rsidR="005879C4" w:rsidRDefault="005879C4" w:rsidP="005D5750">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:tabs>
-[...7 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00442DF1">
-[...5 lines deleted...]
-        <w:t>Drinking water, including bottled water, may reasonably be expected to contain at least small amounts of some contaminants.  The presence of contaminants does not necessarily indicate that the water poses a health risk.  More information about contaminants and potential health effects can be obtained by calling the U.S. EPA’s Safe Drinking Water Hotline (1-800-426-4791).</w:t>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The water system named above hereby certifies that its Consumer Confidence Report was distributed on ____</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5468">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="007B64FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/10</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4FF7" w:rsidRPr="007B4FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="006016FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to customers (and appropriate notices of availability have been given).  Further, the system certifies that the information contained in the report is correct and consistent with the compliance monitoring data previously submitted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00957463" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>State Water Resources Control Board, Division of Drinking Water</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD518C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DDW)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BB94AE" w14:textId="77777777" w:rsidR="0020216E" w:rsidRPr="00442DF1" w:rsidRDefault="0020216E" w:rsidP="0020216E">
+    <w:p w14:paraId="1DAF185B" w14:textId="58FE800D" w:rsidR="000A759E" w:rsidRDefault="000A759E" w:rsidP="005D5750">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="0" w:after="240"/>
-[...177 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...1612 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certified by: </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10790"/>
+        <w:gridCol w:w="4575"/>
+        <w:gridCol w:w="4755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F503E" w:rsidRPr="00442DF1" w14:paraId="2A270370" w14:textId="77777777" w:rsidTr="001F503E">
+      <w:tr w:rsidR="000A759E" w14:paraId="4BC22284" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="484F6D75" w14:textId="53D448AB" w:rsidR="001F503E" w:rsidRPr="00442DF1" w:rsidRDefault="001F503E" w:rsidP="001909F2">
+          <w:p w14:paraId="12D7C528" w14:textId="43A3F5ED" w:rsidR="000A759E" w:rsidRDefault="000A759E" w:rsidP="000A759E">
             <w:pPr>
-              <w:spacing w:after="240"/>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Special Notice of Fecal Indicator-Positive Groundwater Source Sample:</w:t>
+              <w:t xml:space="preserve">Name: </w:t>
             </w:r>
-            <w:r w:rsidR="00295790">
+            <w:r w:rsidR="007B64FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> N/A</w:t>
+              <w:t>David Tanksley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB34DF1" w14:textId="0663D53B" w:rsidR="000A759E" w:rsidRDefault="000A759E" w:rsidP="000A759E">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Title:</w:t>
+            </w:r>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Operator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A759E" w14:paraId="459EA55B" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="455"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B3077A" w14:textId="6FFC4CAC" w:rsidR="000A759E" w:rsidRPr="007B64FC" w:rsidRDefault="000A759E" w:rsidP="000A759E">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="AR BERKLEY" w:hAnsi="AR BERKLEY" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="AR BERKLEY" w:hAnsi="AR BERKLEY" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>David Tanksley</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C32D83D" w14:textId="687E2E06" w:rsidR="000A759E" w:rsidRDefault="000A759E" w:rsidP="000A759E">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6/</w:t>
+            </w:r>
+            <w:r w:rsidR="003611FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002811CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="006016FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A759E" w14:paraId="5321F3CA" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4575" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="723A5E03" w14:textId="1AC71A73" w:rsidR="000A759E" w:rsidRDefault="000A759E" w:rsidP="000A759E">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Phone number</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>760 937</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007B64FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-0761</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4755" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44357DA5" w14:textId="48E1F3F5" w:rsidR="000A759E" w:rsidRDefault="001A6B5C" w:rsidP="000A759E">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>blank</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="041B3651" w14:textId="7E82954D" w:rsidR="0014624C" w:rsidRPr="00442DF1" w:rsidRDefault="0014624C" w:rsidP="001F503E">
+    <w:p w14:paraId="52682A52" w14:textId="77777777" w:rsidR="006A6ED2" w:rsidRDefault="006A6ED2" w:rsidP="00A16B9D">
       <w:pPr>
-        <w:spacing w:after="100" w:afterAutospacing="1"/>
-[...3 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2300988A" w14:textId="431D3432" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="0099450E" w:rsidP="00A16B9D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00095FF1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00E968EB" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>summarize</w:t>
+      </w:r>
+      <w:r w:rsidR="00E968EB" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E968EB" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>report</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E968EB" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E968EB" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and good-faith efforts taken, please complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B89" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by checking all items that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00095FF1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and fill-in where </w:t>
+      </w:r>
+      <w:r w:rsidR="00050B92" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="005879C4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E8A25F" w14:textId="77777777" w:rsidR="00501728" w:rsidRPr="000A759E" w:rsidRDefault="00501728" w:rsidP="00A16B9D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FAA1837" w14:textId="4BA51169" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="007B64FC" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="005879C4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>CCR was distributed by mail or</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7ED4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other direct delivery methods</w:t>
+      </w:r>
+      <w:r w:rsidR="005879C4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7ED4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(attach description of</w:t>
+      </w:r>
+      <w:r w:rsidR="005879C4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other direct delivery methods used</w:t>
+      </w:r>
+      <w:r w:rsidR="00501728" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6FB990" w14:textId="5874BF83" w:rsidR="006C7ED4" w:rsidRPr="000A759E" w:rsidRDefault="008E6EC4" w:rsidP="004E6F6F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7ED4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A62B7A" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CCR </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6F6F" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">was distributed using </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62B7A" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">electronic </w:t>
+      </w:r>
+      <w:r w:rsidR="00501728" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivery </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62B7A" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">methods </w:t>
+      </w:r>
+      <w:r w:rsidR="00501728" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">described </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7831" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Guidance for Electronic Delivery of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00036019" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Consumer Confidence Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00501728" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6F6F" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>water systems utilizing electronic delivery methods must complete the second page</w:t>
+      </w:r>
+      <w:r w:rsidR="00501728" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082EC360" w14:textId="2026BC4F" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="634" w:hanging="634"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="“Good faith” efforts were used to reach non-bill paying consumers.  Those efforts included the following methods:"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“Good faith” efforts were used to reach non-bill paying consumers.  Those efforts included the following methods:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0509E94F" w14:textId="32D1CC78" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Posting the CCR at the following URL: www."/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Posting the CCR </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D93" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the following URL: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68482E59" w14:textId="058954EB" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Mailing the CCR to postal patrons within the service area (attach zip codes used)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Mailing the CCR to postal patrons within the service area (attach zip codes used)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34270471" w14:textId="7D766B8A" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Advertising the availability of the CCR in news media (attach copy of press release)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Advertising the availability of the CCR in news media (attach copy of press release)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E24368" w14:textId="38CFC8CA" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Publication of the CCR in a local newspaper of general circulation (attach a copy of the published notice, including name of newspaper and"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Publication of the CCR in a local newspaper of general circulation (attach a copy of the published notice, including name of newspaper and date published)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E40DD40" w14:textId="191A5369" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Posted the CCR in public places (attach a list of locations)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Posted the CCR in public places (attach a list of locations)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3974AC61" w14:textId="3EC584DB" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Delivery of multiple copies of CCR to single-billed addresses serving several persons, such as apartments, businesses, and schools"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Delivery of multiple copies of CCR to single</w:t>
+      </w:r>
+      <w:r w:rsidR="002214BA" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bill</w:t>
+      </w:r>
+      <w:r w:rsidR="002214BA" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> addresses serving several </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, such as apartments, businesses, and schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C05CDB2" w14:textId="5A97F279" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Delivery to community organizations (attach a list of organizations)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Delivery to community organizations (attach a list of organizations)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B0F1F2" w14:textId="6F574A3B" w:rsidR="00712C02" w:rsidRPr="000A759E" w:rsidRDefault="00712C02" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Publication of the CCR in the electronic city newsletter or electronic community newsletter or listserv (attach a copy of the article or n"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Publication of the CCR in the electronic city newsletter or electronic community newsletter or listserv (attach a copy of the article or notice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403E80F2" w14:textId="41212B72" w:rsidR="00712C02" w:rsidRPr="000A759E" w:rsidRDefault="00712C02" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Electronic announcement of CCR availability via social media outlets (attach list of social media outlets utilized)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Electronic announcement of CCR availability via social media outlets (attach list of social media outlets utilized)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E587F3" w14:textId="1A0C69DF" w:rsidR="00457560" w:rsidRPr="000A759E" w:rsidRDefault="00457560" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Other (attach a list of other methods used)"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Other (attach a list of other</w:t>
+      </w:r>
+      <w:r w:rsidR="00E33340" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589D4C6B" w14:textId="47C5E203" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="547" w:hanging="547"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="For systems serving at least 100,000 persons:  Posted CCR on a publicly-accessible internet site at the following URL:  www."/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For systems serving at least 100,000 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Posted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CCR on a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>publicly-accessible</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internet site at the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D93" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:  www</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2589883A" w14:textId="7A123848" w:rsidR="005879C4" w:rsidRPr="000A759E" w:rsidRDefault="005879C4" w:rsidP="00501728">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="634" w:hanging="634"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="For privately-owned utilities:  Delivered the CCR to the California Public Utilities Commission"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For privately-owned utilities</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:  Delivered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the CCR to the California Public Utilities Commission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283BED5E" w14:textId="6D5096F0" w:rsidR="00501728" w:rsidRDefault="00501728" w:rsidP="00A16B9D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BB6F18" w14:textId="77777777" w:rsidR="00FC109D" w:rsidRPr="000A759E" w:rsidRDefault="00FC109D" w:rsidP="00A16B9D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231AD326" w14:textId="7FB2115A" w:rsidR="00365B25" w:rsidRDefault="00365B25" w:rsidP="00FC109D">
+      <w:pPr>
+        <w:pStyle w:val="Style1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>Consumer Confidence Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC109D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:t>Electronic Delivery Certification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FF7695" w14:textId="77777777" w:rsidR="00FC109D" w:rsidRPr="00FC109D" w:rsidRDefault="00FC109D" w:rsidP="00FC109D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57231C9D" w14:textId="77777777" w:rsidR="00365B25" w:rsidRPr="000A759E" w:rsidRDefault="00365B25" w:rsidP="00365B25">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Water systems utilizing electronic distribution methods for CCR delivery must complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B89" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>this page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by checking all items that apply and fill-in where appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790D9BA2" w14:textId="77777777" w:rsidR="00B21764" w:rsidRPr="000A759E" w:rsidRDefault="00B21764" w:rsidP="00365B25">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A188593" w14:textId="0F526A4F" w:rsidR="00D12D93" w:rsidRPr="000A759E" w:rsidRDefault="00D12D93" w:rsidP="00D12D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Water system mailed a notification that the CCR is available and provides a direct URL to the CCR on a publicly available website where it"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> system mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a notification that the CCR is available and provides a direct URL to the CCR on a publicly available </w:t>
+      </w:r>
+      <w:r w:rsidR="00443180" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>web</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>site where it can be viewed</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (attach a copy of the mailed CCR notification)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:r w:rsidR="008820F1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ww</w:t>
+      </w:r>
+      <w:r w:rsidR="008820F1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>._____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C90549" w14:textId="0E488253" w:rsidR="00D12D93" w:rsidRPr="000A759E" w:rsidRDefault="00D12D93" w:rsidP="00D12D93">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Water system emailed a notification that the CCR is available and provides a direct URL to the CCR on a publicly available site on the Int"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> system </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a notification that the CCR is available and provides a direct URL to the CCR on a publicly available site on the Internet where it can be viewed</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (attach a copy of the emailed CCR notification)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. URL: www.__</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008820F1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDC93CA" w14:textId="5DFB7896" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="007B64FC" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Water system email</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC766C" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the CCR as an electronic file email attachment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1E9727" w14:textId="0D44E0CD" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="00CC766C" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Water system emailed the CCR text and tables inserted or embedded into the body of an email, not as an attachment (attach a copy of the em"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Water system email</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the CCR text and tables inserted or embedded into the body of an email, not as an attachment (attach a copy of the emailed CCR).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C99AD3A" w14:textId="51808D1C" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="00CC766C" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Requires prior DDW review and approval. Water system utilized other electronic delivery method that meets the direct delivery requirement."/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Requires prior </w:t>
+      </w:r>
+      <w:r w:rsidR="00957463" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DDW</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review and approval. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Water system utilize</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15EF" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0683" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> electronic delivery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>method</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the direct delivery requirement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E975FDC" w14:textId="77777777" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="00CC766C" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40457A4D" w14:textId="77777777" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="00CC766C" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide a brief description of the water system’s electronic delivery procedures and include </w:t>
+      </w:r>
+      <w:r w:rsidR="008820F1" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how the water system ensures delivery to customers unable to receive electronic delivery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58224C33" w14:textId="77777777" w:rsidR="00CC766C" w:rsidRPr="000A759E" w:rsidRDefault="00CC766C" w:rsidP="00CC766C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10790"/>
+        <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F503E" w:rsidRPr="00442DF1" w14:paraId="6988776C" w14:textId="77777777" w:rsidTr="001F503E">
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="38AE72C4" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40AA8A4D" w14:textId="13F913C2" w:rsidR="001F503E" w:rsidRPr="00442DF1" w:rsidRDefault="001F503E" w:rsidP="001909F2">
+          <w:p w14:paraId="36D230FF" w14:textId="5EA76F58" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="007B64FC" w:rsidP="00361BDB">
             <w:pPr>
-              <w:spacing w:after="240"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Special Notice for Uncorrected Significant Deficiencies:</w:t>
+              <w:t xml:space="preserve">Emailed as pdf attachment to customers that requested. Mailed by regular mail to </w:t>
             </w:r>
-            <w:r w:rsidR="00295790">
+            <w:r w:rsidR="00C2732E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> N/A</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> customers that didn’t request email version.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...55 lines deleted...]
-      <w:tr w:rsidR="0087640F" w:rsidRPr="00442DF1" w14:paraId="7FC7F63D" w14:textId="77777777" w:rsidTr="00442DF1">
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="1461CCAD" w14:textId="77777777" w:rsidTr="000A759E">
         <w:trPr>
-          <w:trHeight w:val="457"/>
+          <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F4953F8" w14:textId="77777777" w:rsidR="0087640F" w:rsidRPr="00442DF1" w:rsidRDefault="0087640F" w:rsidP="00B47ED5">
+          <w:p w14:paraId="177591A9" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
             <w:pPr>
-              <w:keepNext/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00442DF1">
-[...139 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087640F" w:rsidRPr="00442DF1" w14:paraId="2BBCF7AD" w14:textId="77777777" w:rsidTr="00442DF1">
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="1BC253C7" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F5B8E1" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="78CD57E4" w14:textId="77777777" w:rsidTr="000A759E">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353E6FC8" w14:textId="4CF12C5D" w:rsidR="0087640F" w:rsidRPr="00442DF1" w:rsidRDefault="000C715F" w:rsidP="00442DF1">
+          <w:p w14:paraId="0914AA13" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
             <w:pPr>
-              <w:keepNext/>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="56323C39" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B1C07C" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>N/A</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="272E7484" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37531B9B" w14:textId="456B23F9" w:rsidR="0087640F" w:rsidRPr="00442DF1" w:rsidRDefault="000C715F" w:rsidP="00442DF1">
+          <w:p w14:paraId="603D3531" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
             <w:pPr>
-              <w:keepNext/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="652BFAE7" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C38AC04" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>N/A</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="7994EACF" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A56DBE2" w14:textId="13EAD63B" w:rsidR="0087640F" w:rsidRPr="00442DF1" w:rsidRDefault="000C715F" w:rsidP="00442DF1">
+          <w:p w14:paraId="63456DDF" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
             <w:pPr>
-              <w:keepNext/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="00BC3E34" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61010F7E" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>N/A</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="49581867" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="413E2705" w14:textId="38899F91" w:rsidR="0087640F" w:rsidRPr="000C715F" w:rsidRDefault="000C715F" w:rsidP="00442DF1">
+          <w:p w14:paraId="50AAF3CE" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
             <w:pPr>
-              <w:keepNext/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="2F3E50D7" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AD024E" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008820F1" w:rsidRPr="000A759E" w14:paraId="711C34BA" w14:textId="77777777" w:rsidTr="000A759E">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B00E2B" w14:textId="77777777" w:rsidR="008820F1" w:rsidRPr="000A759E" w:rsidRDefault="008820F1" w:rsidP="00361BDB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="23"/>
-[...23 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="055132C5" w14:textId="3FB76982" w:rsidR="002D429D" w:rsidRPr="00442DF1" w:rsidRDefault="003131EE" w:rsidP="00275C1C">
+    <w:p w14:paraId="621FAABF" w14:textId="77777777" w:rsidR="00D12D93" w:rsidRPr="000A759E" w:rsidRDefault="00D12D93" w:rsidP="00365B25">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...500 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DD0989" w:rsidRPr="00442DF1" w:rsidSect="004E6ADF">
-[...7 lines deleted...]
-      </w:footnotePr>
+    <w:p w14:paraId="73E63FDE" w14:textId="2B897B88" w:rsidR="00712C02" w:rsidRPr="000A759E" w:rsidRDefault="00712C02" w:rsidP="00957463">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This form is provided as a convenience and may be used to meet the certification requirement o</w:t>
+      </w:r>
+      <w:r w:rsidR="00957463" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00957463" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>section 64483(c)</w:t>
+      </w:r>
+      <w:r w:rsidR="004572E4" w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A759E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> California Code of Regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00712C02" w:rsidRPr="000A759E" w:rsidSect="00120AE1">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="864" w:right="720" w:bottom="864" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
+      <w:pgMar w:top="1152" w:right="1440" w:bottom="1152" w:left="1440" w:header="576" w:footer="576" w:gutter="0"/>
       <w:paperSrc w:first="15" w:other="15"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="405B893C" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23">
+    <w:p w14:paraId="40A9F5CD" w14:textId="77777777" w:rsidR="00BB41E5" w:rsidRDefault="00BB41E5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AC94D9" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F01DB3A" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23">
+    <w:p w14:paraId="78D7992B" w14:textId="77777777" w:rsidR="00BB41E5" w:rsidRDefault="00BB41E5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75440DB2" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Footlight MT Light">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="DengXian Light">
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian Light">
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="AR BERKLEY">
+    <w:altName w:val="Brush Script MT"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2314A196" w14:textId="77777777" w:rsidR="00244938" w:rsidRDefault="00244938">
+  <w:p w14:paraId="0F2C11E1" w14:textId="7814F742" w:rsidR="00B80B89" w:rsidRPr="009A135E" w:rsidRDefault="00B80B89" w:rsidP="000165C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="000165C2">
+      <w:rPr>
+        <w:iCs/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="000165C2" w:rsidRPr="009A135E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>B-</w:t>
+    </w:r>
+    <w:r w:rsidR="000165C2" w:rsidRPr="009A135E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000165C2" w:rsidRPr="009A135E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="000165C2" w:rsidRPr="009A135E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007B64FC">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="000165C2" w:rsidRPr="009A135E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="1C17C8FD" w14:textId="77777777" w:rsidR="00244938" w:rsidRDefault="00244938"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3B999709" w14:textId="2AD7818F" w:rsidR="00244938" w:rsidRPr="00442DF1" w:rsidRDefault="00244938" w:rsidP="004562E8">
+  <w:p w14:paraId="315285C2" w14:textId="2D4AD5C6" w:rsidR="00B80B89" w:rsidRDefault="00B80B89" w:rsidP="005D5750">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
-        <w:tab w:val="right" w:pos="10800"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:iCs/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00442DF1">
+    <w:r w:rsidRPr="005D5750">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
       </w:rPr>
       <w:tab/>
-      <w:t>Revised January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00BC7FA2">
+    <w:r w:rsidR="000165C2">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>B-</w:t>
+    </w:r>
+    <w:r w:rsidR="005D5750" w:rsidRPr="005D5750">
+      <w:rPr>
+        <w:iCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="005D5750" w:rsidRPr="005D5750">
+      <w:rPr>
+        <w:iCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="005D5750" w:rsidRPr="005D5750">
+      <w:rPr>
+        <w:iCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007B64FC">
+      <w:rPr>
+        <w:iCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="005D5750" w:rsidRPr="005D5750">
+      <w:rPr>
+        <w:iCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4275A4F0" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23">
+    <w:p w14:paraId="20E5225D" w14:textId="77777777" w:rsidR="00BB41E5" w:rsidRDefault="00BB41E5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3645646E" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EECBB3F" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23">
+    <w:p w14:paraId="4864520F" w14:textId="77777777" w:rsidR="00BB41E5" w:rsidRDefault="00BB41E5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD82B1E" w14:textId="77777777" w:rsidR="001C2A23" w:rsidRDefault="001C2A23"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61DD8456" w14:textId="77777777" w:rsidR="00244938" w:rsidRDefault="00244938">
+  <w:p w14:paraId="68A66C38" w14:textId="77777777" w:rsidR="00B557C8" w:rsidRPr="00B557C8" w:rsidRDefault="00B557C8" w:rsidP="00B557C8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B557C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Reference Document for Electronic Delivery of CCRs, Appendix B</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="036584DB" w14:textId="2A33C1DC" w:rsidR="00B557C8" w:rsidRPr="00B557C8" w:rsidRDefault="00B557C8" w:rsidP="00B557C8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00B557C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="00D3220C" w:rsidRPr="00D3220C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+      <w:t>February</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D3220C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:i/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:highlight w:val="yellow"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2021</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="2F40F5FE" w14:textId="77777777" w:rsidR="00244938" w:rsidRDefault="00244938"/>
-[...5 lines deleted...]
-  <w:p w14:paraId="0A71DA51" w14:textId="7913658A" w:rsidR="00244938" w:rsidRPr="00442DF1" w:rsidRDefault="00442DF1" w:rsidP="0025569C">
+  <w:p w14:paraId="3A123585" w14:textId="1A1578E7" w:rsidR="004572E4" w:rsidRPr="000A759E" w:rsidRDefault="004572E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...6 lines deleted...]
-    <w:r w:rsidRPr="00442DF1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
-      <w:t>2</w:t>
-[...110 lines deleted...]
-    </w:r>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...805 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:pos w:val="beneathText"/>
-    <w:numFmt w:val="lowerLetter"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CF1A7D"/>
-[...868 lines deleted...]
-    <w:rsid w:val="00FF6578"/>
+    <w:rsidRoot w:val="006576EF"/>
+    <w:rsid w:val="00003AC4"/>
+    <w:rsid w:val="00004B8B"/>
+    <w:rsid w:val="000165C2"/>
+    <w:rsid w:val="00036019"/>
+    <w:rsid w:val="00044DE4"/>
+    <w:rsid w:val="00050B92"/>
+    <w:rsid w:val="00095FF1"/>
+    <w:rsid w:val="000A1E57"/>
+    <w:rsid w:val="000A759E"/>
+    <w:rsid w:val="000B3820"/>
+    <w:rsid w:val="000C462F"/>
+    <w:rsid w:val="000E1D62"/>
+    <w:rsid w:val="00112E26"/>
+    <w:rsid w:val="00120AE1"/>
+    <w:rsid w:val="00156593"/>
+    <w:rsid w:val="00160AE4"/>
+    <w:rsid w:val="00180210"/>
+    <w:rsid w:val="001A1FAF"/>
+    <w:rsid w:val="001A6B5C"/>
+    <w:rsid w:val="001E0392"/>
+    <w:rsid w:val="001F44D6"/>
+    <w:rsid w:val="001F5C84"/>
+    <w:rsid w:val="00211F95"/>
+    <w:rsid w:val="002214BA"/>
+    <w:rsid w:val="00246329"/>
+    <w:rsid w:val="002811CF"/>
+    <w:rsid w:val="00285EF6"/>
+    <w:rsid w:val="002F3297"/>
+    <w:rsid w:val="0030525B"/>
+    <w:rsid w:val="00330A26"/>
+    <w:rsid w:val="00334369"/>
+    <w:rsid w:val="003611FF"/>
+    <w:rsid w:val="00361BDB"/>
+    <w:rsid w:val="00363A94"/>
+    <w:rsid w:val="00365B25"/>
+    <w:rsid w:val="00377F2D"/>
+    <w:rsid w:val="00383FAA"/>
+    <w:rsid w:val="003C1F79"/>
+    <w:rsid w:val="00443180"/>
+    <w:rsid w:val="00453C34"/>
+    <w:rsid w:val="004572E4"/>
+    <w:rsid w:val="00457560"/>
+    <w:rsid w:val="004A010D"/>
+    <w:rsid w:val="004A54FB"/>
+    <w:rsid w:val="004C1B40"/>
+    <w:rsid w:val="004E6F6F"/>
+    <w:rsid w:val="00501728"/>
+    <w:rsid w:val="00515766"/>
+    <w:rsid w:val="0057568B"/>
+    <w:rsid w:val="00585B6F"/>
+    <w:rsid w:val="00585D36"/>
+    <w:rsid w:val="005879C4"/>
+    <w:rsid w:val="005B4933"/>
+    <w:rsid w:val="005B6F30"/>
+    <w:rsid w:val="005C02F2"/>
+    <w:rsid w:val="005D5750"/>
+    <w:rsid w:val="005F7D85"/>
+    <w:rsid w:val="006016FC"/>
+    <w:rsid w:val="0060257E"/>
+    <w:rsid w:val="00622734"/>
+    <w:rsid w:val="00626A86"/>
+    <w:rsid w:val="0065406D"/>
+    <w:rsid w:val="00656EAE"/>
+    <w:rsid w:val="006576EF"/>
+    <w:rsid w:val="00674084"/>
+    <w:rsid w:val="006A6ED2"/>
+    <w:rsid w:val="006C7ED4"/>
+    <w:rsid w:val="00711A0A"/>
+    <w:rsid w:val="00712C02"/>
+    <w:rsid w:val="00727504"/>
+    <w:rsid w:val="00751264"/>
+    <w:rsid w:val="007809A6"/>
+    <w:rsid w:val="00790002"/>
+    <w:rsid w:val="007A2194"/>
+    <w:rsid w:val="007B4FF7"/>
+    <w:rsid w:val="007B64FC"/>
+    <w:rsid w:val="007B6AE6"/>
+    <w:rsid w:val="007C044D"/>
+    <w:rsid w:val="007F0706"/>
+    <w:rsid w:val="007F3522"/>
+    <w:rsid w:val="0081562A"/>
+    <w:rsid w:val="00870836"/>
+    <w:rsid w:val="008820F1"/>
+    <w:rsid w:val="00895595"/>
+    <w:rsid w:val="008B5468"/>
+    <w:rsid w:val="008E1468"/>
+    <w:rsid w:val="008E6AE5"/>
+    <w:rsid w:val="008E6EC4"/>
+    <w:rsid w:val="008F53EA"/>
+    <w:rsid w:val="00935B60"/>
+    <w:rsid w:val="00957463"/>
+    <w:rsid w:val="00977AE5"/>
+    <w:rsid w:val="0099450E"/>
+    <w:rsid w:val="009A135E"/>
+    <w:rsid w:val="009A218C"/>
+    <w:rsid w:val="009D7F48"/>
+    <w:rsid w:val="00A16B9D"/>
+    <w:rsid w:val="00A16F17"/>
+    <w:rsid w:val="00A20B80"/>
+    <w:rsid w:val="00A32728"/>
+    <w:rsid w:val="00A62B7A"/>
+    <w:rsid w:val="00A75D4F"/>
+    <w:rsid w:val="00AF388E"/>
+    <w:rsid w:val="00B21764"/>
+    <w:rsid w:val="00B557C8"/>
+    <w:rsid w:val="00B80B89"/>
+    <w:rsid w:val="00B82D2F"/>
+    <w:rsid w:val="00BA7831"/>
+    <w:rsid w:val="00BB41E5"/>
+    <w:rsid w:val="00BC4716"/>
+    <w:rsid w:val="00BF29A9"/>
+    <w:rsid w:val="00BF5852"/>
+    <w:rsid w:val="00C0687E"/>
+    <w:rsid w:val="00C2732E"/>
+    <w:rsid w:val="00C72C2F"/>
+    <w:rsid w:val="00C84134"/>
+    <w:rsid w:val="00C853A5"/>
+    <w:rsid w:val="00CA15EF"/>
+    <w:rsid w:val="00CC4C8F"/>
+    <w:rsid w:val="00CC766C"/>
+    <w:rsid w:val="00CD0683"/>
+    <w:rsid w:val="00D12D93"/>
+    <w:rsid w:val="00D15F63"/>
+    <w:rsid w:val="00D3220C"/>
+    <w:rsid w:val="00D54C42"/>
+    <w:rsid w:val="00D712AD"/>
+    <w:rsid w:val="00D85ABA"/>
+    <w:rsid w:val="00DE5C03"/>
+    <w:rsid w:val="00E0333A"/>
+    <w:rsid w:val="00E04B0C"/>
+    <w:rsid w:val="00E33340"/>
+    <w:rsid w:val="00E439FA"/>
+    <w:rsid w:val="00E67E9D"/>
+    <w:rsid w:val="00E968EB"/>
+    <w:rsid w:val="00EB7195"/>
+    <w:rsid w:val="00ED2672"/>
+    <w:rsid w:val="00ED4809"/>
+    <w:rsid w:val="00F26849"/>
+    <w:rsid w:val="00F27578"/>
+    <w:rsid w:val="00F30582"/>
+    <w:rsid w:val="00F31A99"/>
+    <w:rsid w:val="00F63C73"/>
+    <w:rsid w:val="00FC0BDA"/>
+    <w:rsid w:val="00FC109D"/>
+    <w:rsid w:val="00FC6C95"/>
+    <w:rsid w:val="00FD518C"/>
+    <w:rsid w:val="00FF0EB2"/>
+    <w:rsid w:val="00FF3C75"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7178BE8A"/>
-  <w15:docId w15:val="{5B52A197-C607-43BD-A079-0A3BB612B758}"/>
+  <w14:docId w14:val="0211BB73"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0BC9046E-6B17-4725-AE3D-FA2364A99879}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...22 lines deleted...]
-    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...22 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...9 lines deleted...]
-    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -15425,756 +4204,303 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF628D"/>
+    <w:rsid w:val="00FC109D"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="0000FF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BF628D"/>
+    <w:rsid w:val="00FC109D"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="360" w:after="240"/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...119 lines deleted...]
-      <w:sz w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:u w:val="single"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
     <w:pPr>
-      <w:spacing w:before="120"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="8550"/>
+      </w:tabs>
+      <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Footlight MT Light" w:hAnsi="Footlight MT Light"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
-[...15 lines deleted...]
-      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1800"/>
+        <w:tab w:val="left" w:pos="6030"/>
+        <w:tab w:val="left" w:pos="8550"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...27 lines deleted...]
-      <w:b/>
       <w:i/>
-      <w:color w:val="FF0000"/>
-[...42 lines deleted...]
-      <w:u w:val="single"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00883433"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="008820F1"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="008820F1"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
-    <w:rsid w:val="00737455"/>
+    <w:rsid w:val="008E6AE5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
-    <w:rsid w:val="00737455"/>
+    <w:rsid w:val="008E6AE5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...96 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E870EB"/>
+    <w:rsid w:val="005D5750"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00D62607"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00FC109D"/>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Heading2"/>
+    <w:link w:val="Style1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="007B2BC6"/>
+    <w:rsid w:val="00FC109D"/>
     <w:pPr>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="9"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
-[...35 lines deleted...]
-    <w:name w:val="Unresolved Mention1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Heading2"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="005F7F5B"/>
+    <w:rsid w:val="00FC109D"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-    <w:name w:val="Strong"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+    <w:name w:val="Style1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C72373"/>
+    <w:link w:val="Style1"/>
+    <w:rsid w:val="00FC109D"/>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:bCs/>
-[...9 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...92 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/lead" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16432,108 +4758,401 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CDPH Document" ma:contentTypeID="0x010100509694B9D961A845A54FD4DFC29DE5F200C43EA35969B6A24AA7F4E7DCB756E8C2" ma:contentTypeVersion="14" ma:contentTypeDescription="This is the Custom Document Type for use by CDPH" ma:contentTypeScope="" ma:versionID="02c151589919501a84df522bc1b4da28">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="08d20643-fcde-45ea-a937-2ec378b594f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a9563f9e177fc3a4ccb33455f616cd17" ns1:_="" ns2:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns1:PublishingContactName" minOccurs="0"/>
+                <xsd:element ref="ns1:Language"/>
+                <xsd:element ref="ns2:Organization"/>
+                <xsd:element ref="ns2:Topics" minOccurs="0"/>
+                <xsd:element ref="ns2:Abstract" minOccurs="0"/>
+                <xsd:element ref="ns2:Reading_x0020_Level" minOccurs="0"/>
+                <xsd:element ref="ns2:Target_x0020_Audience_x0020_Group" minOccurs="0"/>
+                <xsd:element ref="ns2:HealthPubTopics" minOccurs="0"/>
+                <xsd:element ref="ns2:Publication_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
+                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:element name="PublishingContactName" ma:index="2" nillable="true" ma:displayName="Contact Name" ma:description="Enter the Program/Workgroup Name responsible for this page." ma:internalName="PublishingContactName" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Language" ma:index="3" ma:displayName="Language" ma:format="Dropdown" ma:internalName="Language" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Arabic (Saudi Arabia)"/>
+          <xsd:enumeration value="Armenian"/>
+          <xsd:enumeration value="Bulgarian (Bulgaria)"/>
+          <xsd:enumeration value="Cambodian"/>
+          <xsd:enumeration value="Chinese (Hong Kong S.A.R.)"/>
+          <xsd:enumeration value="Chinese (People's Republic of China)"/>
+          <xsd:enumeration value="Chinese (Taiwan)"/>
+          <xsd:enumeration value="Croatian (Croatia)"/>
+          <xsd:enumeration value="Czech (Czech Republic)"/>
+          <xsd:enumeration value="Danish (Denmark)"/>
+          <xsd:enumeration value="Dutch (Netherlands)"/>
+          <xsd:enumeration value="English"/>
+          <xsd:enumeration value="Estonian (Estonia)"/>
+          <xsd:enumeration value="Farsi"/>
+          <xsd:enumeration value="Finnish (Finland)"/>
+          <xsd:enumeration value="French (France)"/>
+          <xsd:enumeration value="German (Germany)"/>
+          <xsd:enumeration value="Greek (Greece)"/>
+          <xsd:enumeration value="Hebrew (Israel)"/>
+          <xsd:enumeration value="Hindi (India)"/>
+          <xsd:enumeration value="Hungarian (Hungary)"/>
+          <xsd:enumeration value="Hmong"/>
+          <xsd:enumeration value="Indonesian (Indonesia)"/>
+          <xsd:enumeration value="Italian (Italy)"/>
+          <xsd:enumeration value="Japanese (Japan)"/>
+          <xsd:enumeration value="Korean (Korea)"/>
+          <xsd:enumeration value="Laotian"/>
+          <xsd:enumeration value="Latvian (Latvia)"/>
+          <xsd:enumeration value="Lithuanian (Lithuania)"/>
+          <xsd:enumeration value="Malay (Malaysia)"/>
+          <xsd:enumeration value="Norwegian (Bokmal) (Norway)"/>
+          <xsd:enumeration value="Polish (Poland)"/>
+          <xsd:enumeration value="Portuguese (Brazil)"/>
+          <xsd:enumeration value="Portuguese (Portugal)"/>
+          <xsd:enumeration value="Romanian (Romania)"/>
+          <xsd:enumeration value="Russian (Russia)"/>
+          <xsd:enumeration value="Serbian (Latin) (Serbia)"/>
+          <xsd:enumeration value="Slovak (Slovakia)"/>
+          <xsd:enumeration value="Slovenian (Slovenia)"/>
+          <xsd:enumeration value="Spanish (Spain)"/>
+          <xsd:enumeration value="Swedish (Sweden)"/>
+          <xsd:enumeration value="Tagalog"/>
+          <xsd:enumeration value="Thai (Thailand)"/>
+          <xsd:enumeration value="Turkish (Turkey)"/>
+          <xsd:enumeration value="Ukrainian (Ukraine)"/>
+          <xsd:enumeration value="Urdu (Islamic Republic of Pakistan)"/>
+          <xsd:enumeration value="Vietnamese (Vietnam)"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PublishingExpirationDate" ma:index="15" nillable="true" ma:displayName="Scheduling End Date" ma:description="" ma:hidden="true" ma:internalName="PublishingExpirationDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PublishingStartDate" ma:index="16" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" targetNamespace="08d20643-fcde-45ea-a937-2ec378b594f6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:element name="Organization" ma:index="4" ma:displayName="Organization" ma:list="{a36defa3-96f3-4a80-832e-ca38e007e7d9}" ma:internalName="Organization" ma:showField="Title" ma:web="0044b519-7918-4679-84f3-079214a2ae7a">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Topics" ma:index="5" nillable="true" ma:displayName="Topics" ma:description="This is the column used to add Topics Metadata to Pages and Documents in the CDPH Internet" ma:list="{01f12226-4c86-44b7-bc96-3ccb58f90f62}" ma:internalName="Topics" ma:showField="Title" ma:web="0044b519-7918-4679-84f3-079214a2ae7a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Abstract" ma:index="6" nillable="true" ma:displayName="Abstract" ma:description="Use to provide a short summary of the Page or Document." ma:internalName="Abstract">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Reading_x0020_Level" ma:index="8" nillable="true" ma:displayName="Reading Grade Level" ma:description="The reading grade level indicates the number of years of education that a person needs to be able to understand the content of the web page on the first reading. Reading Grade Level formulas generally  take into consideration (1) the total number of words, and (2) the number syllables, as well as (3) the total number of sentences.&#10;" ma:format="Dropdown" ma:internalName="Reading_x0020_Level">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Low Literacy – Adult"/>
+          <xsd:enumeration value="1"/>
+          <xsd:enumeration value="2"/>
+          <xsd:enumeration value="3"/>
+          <xsd:enumeration value="4"/>
+          <xsd:enumeration value="5"/>
+          <xsd:enumeration value="6"/>
+          <xsd:enumeration value="7"/>
+          <xsd:enumeration value="8"/>
+          <xsd:enumeration value="9"/>
+          <xsd:enumeration value="10"/>
+          <xsd:enumeration value="11"/>
+          <xsd:enumeration value="12"/>
+          <xsd:enumeration value="12+"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Target_x0020_Audience_x0020_Group" ma:index="9" nillable="true" ma:displayName="Target Audience Group" ma:list="{fc48fd2f-a954-4162-9255-5fe5d7f315f7}" ma:internalName="Target_x0020_Audience_x0020_Group" ma:showField="Title" ma:web="0044b519-7918-4679-84f3-079214a2ae7a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="HealthPubTopics" ma:index="10" nillable="true" ma:displayName="HealthPubTopics" ma:description="This contains the Topics List from the CDHS Health Publications Portal." ma:list="{2c9bccb1-450f-4cdc-876e-b9cf23335bfb}" ma:internalName="HealthPubTopics" ma:showField="Title" ma:web="0044b519-7918-4679-84f3-079214a2ae7a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Publication_x0020_Type" ma:index="11" nillable="true" ma:displayName="Publication Type" ma:list="{23f6c0e2-b02d-4180-9eb7-ee78b21557ed}" ma:internalName="Publication_x0020_Type" ma:showField="Title" ma:web="0044b519-7918-4679-84f3-079214a2ae7a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/office/internal/2005/internalDocumentation" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="13" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="7" ma:displayName="Keywords"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Language xmlns="http://schemas.microsoft.com/sharepoint/v3">English</Language>
+    <Target_x0020_Audience_x0020_Group xmlns="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+    <Topics xmlns="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+    <Abstract xmlns="08d20643-fcde-45ea-a937-2ec378b594f6" xsi:nil="true"/>
+    <Reading_x0020_Level xmlns="08d20643-fcde-45ea-a937-2ec378b594f6" xsi:nil="true"/>
+    <Organization xmlns="08d20643-fcde-45ea-a937-2ec378b594f6">80</Organization>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <HealthPubTopics xmlns="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+    <PublishingContactName xmlns="http://schemas.microsoft.com/sharepoint/v3">ddwem</PublishingContactName>
+    <Publication_x0020_Type xmlns="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A24BAF4B-C8B8-4FF8-BC8E-40C83BFEDFCD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60D52797-B6EC-4997-8EC0-09E618304522}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="08d20643-fcde-45ea-a937-2ec378b594f6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{306D74C5-4694-42C1-AD77-865A572DFDBA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA846CE0-DE99-4AB9-A54E-EEBECF637836}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E18111A1-D55D-41CA-B537-FA49177CB343}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="08d20643-fcde-45ea-a937-2ec378b594f6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>15464</Characters>
+  <Pages>3</Pages>
+  <Words>673</Words>
+  <Characters>3842</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>CCR SWS Template - English</vt:lpstr>
+      <vt:lpstr>eCCR Reference - App.B</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SWRCB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18161</CharactersWithSpaces>
+  <CharactersWithSpaces>4506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CCR SWS Template - English</dc:title>
-[...2 lines deleted...]
-  <cp:keywords>Consumer Confidence Report, Small Water System, Template</cp:keywords>
+  <dc:title>eCCR Reference - App.B</dc:title>
+  <dc:subject/>
+  <dc:creator>RDU - HBaribeau</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentType">
+    <vt:lpwstr>CDPH Document</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Nav">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Editor">
+    <vt:lpwstr>System Account</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="display_urn:schemas-microsoft-com:office:office#Author">
+    <vt:lpwstr>System Account</vt:lpwstr>
+  </property>
+</Properties>
+</file>